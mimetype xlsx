--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336441f184c645d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201ac55e34564589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ed68101e454f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57de3a30236b4583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e612fbfb6474ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ed68101e454f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R528dd43b7ebb40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57de3a30236b4583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>