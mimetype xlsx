--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201ac55e34564589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8573b7d11c5a4261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57de3a30236b4583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7eee49073d4cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R528dd43b7ebb40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57de3a30236b4583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0df6cbe45f4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7eee49073d4cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>