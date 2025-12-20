--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8573b7d11c5a4261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd08a9e394a1643c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7eee49073d4cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3509c90af5d34b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0df6cbe45f4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7eee49073d4cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fcbd48474b47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3509c90af5d34b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,245</x:t>
-[...360 lines deleted...]
-          <x:t>97,488</x:t>
+          <x:t>97,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>