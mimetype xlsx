--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd08a9e394a1643c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5274b14915354996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3509c90af5d34b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02947d53df0b472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56fcbd48474b47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3509c90af5d34b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1546ae08e3fb4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02947d53df0b472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,381</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>