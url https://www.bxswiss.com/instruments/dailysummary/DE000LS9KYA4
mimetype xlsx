--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5274b14915354996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90929275a8a54376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02947d53df0b472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R224a7f46480a4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1546ae08e3fb4ff3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02947d53df0b472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c808a51cd084ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R224a7f46480a4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFF - Value Investment Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KYA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>