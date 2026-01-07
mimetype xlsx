--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0df4c8037048b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56996c0a7b594134" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76fe1b92493c4c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f42c9debdab4143"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66993e78a8d949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76fe1b92493c4c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9977f4e817f84cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f42c9debdab4143" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Simply Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,830</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>