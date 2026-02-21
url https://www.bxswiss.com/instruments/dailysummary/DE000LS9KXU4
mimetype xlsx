--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56996c0a7b594134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree40d07c146d4fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f42c9debdab4143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854fc67ca0ce4506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9977f4e817f84cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f42c9debdab4143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49e6b13062a4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854fc67ca0ce4506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Simply Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>100,905</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>