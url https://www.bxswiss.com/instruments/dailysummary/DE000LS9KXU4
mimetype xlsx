--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree40d07c146d4fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3d5b53396d4a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854fc67ca0ce4506"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref37db4c5eb34b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49e6b13062a4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854fc67ca0ce4506" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad804d10714e43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref37db4c5eb34b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Simply Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,276</x:t>
-[...183 lines deleted...]
-          <x:t>99,239</x:t>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,838</x:t>
-[...220 lines deleted...]
-          <x:t>99,215</x:t>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>