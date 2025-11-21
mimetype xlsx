--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9baaab28f564b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30528dc43c74350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379ab5ba9e35436f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe237410adf4658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f51e087bc64556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379ab5ba9e35436f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c81fbfde884401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe237410adf4658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Proven Strategies Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,386</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>