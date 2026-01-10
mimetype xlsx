--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30528dc43c74350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b63eda038f44532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe237410adf4658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aa55ece61e4432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c81fbfde884401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe237410adf4658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac2157577994117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aa55ece61e4432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Proven Strategies Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,980</x:t>
-[...421 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>158,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,501</x:t>
-[...198 lines deleted...]
-          <x:t>158,385</x:t>
+          <x:t>158,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>