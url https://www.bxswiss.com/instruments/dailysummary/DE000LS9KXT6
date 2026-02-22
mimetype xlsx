--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b63eda038f44532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bdec02836204173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aa55ece61e4432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1031ce7b005c46da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac2157577994117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aa55ece61e4432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6224743b0254422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1031ce7b005c46da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Proven Strategies Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>158,729</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>