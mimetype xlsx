--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bdec02836204173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bcc6af794774a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1031ce7b005c46da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R316f67211a824cf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6224743b0254422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1031ce7b005c46da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60079915fbe946f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R316f67211a824cf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Proven Strategies Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>