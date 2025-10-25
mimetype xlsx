--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53490aff08b64669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b773ff1ebb4114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba09461d08e4233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d6d21501a14d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20aa93e612d4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba09461d08e4233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R370d13414299451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d6d21501a14d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerteweltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>