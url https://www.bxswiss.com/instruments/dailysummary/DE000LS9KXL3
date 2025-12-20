--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b773ff1ebb4114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42a5e3955d642d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d6d21501a14d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race3fa0d397e4441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R370d13414299451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d6d21501a14d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3554cd5616054606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race3fa0d397e4441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerteweltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,164</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>