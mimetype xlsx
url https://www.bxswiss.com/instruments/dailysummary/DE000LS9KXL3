--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42a5e3955d642d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd24d85278ea34fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race3fa0d397e4441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5741ae2b7bcf4e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3554cd5616054606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race3fa0d397e4441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3116c71432084acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5741ae2b7bcf4e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerteweltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>216,304</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>