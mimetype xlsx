--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd24d85278ea34fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e5813e2c2c4746" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5741ae2b7bcf4e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55e285d5caf44570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3116c71432084acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5741ae2b7bcf4e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79bbf61a1480471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55e285d5caf44570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerteweltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>