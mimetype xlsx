--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f3924e4ca646cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64d412a90a3f48cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceb53366ad3b499c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90577b89cd2e49a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6adecae035eb4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceb53366ad3b499c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeea1f91ffdd455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90577b89cd2e49a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>