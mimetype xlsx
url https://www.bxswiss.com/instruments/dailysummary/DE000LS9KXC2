--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64d412a90a3f48cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d11b67fd77f48eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90577b89cd2e49a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736ae92fc02a43f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeea1f91ffdd455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90577b89cd2e49a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bebb9f4e5f04496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736ae92fc02a43f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>205,040</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>