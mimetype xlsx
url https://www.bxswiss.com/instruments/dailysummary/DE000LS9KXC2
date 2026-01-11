--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d11b67fd77f48eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e832ea56ef4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736ae92fc02a43f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89821901282d4849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bebb9f4e5f04496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736ae92fc02a43f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878f13d551704cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89821901282d4849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>