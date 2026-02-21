--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e832ea56ef4c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b0b06ea2364fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89821901282d4849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034726956035477e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878f13d551704cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89821901282d4849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re523f946a2e24e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034726956035477e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>227,695</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>