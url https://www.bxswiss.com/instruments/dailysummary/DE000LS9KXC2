--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b0b06ea2364fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8e487d987f4a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034726956035477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1672c2dac32a4d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re523f946a2e24e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034726956035477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1cef1e931854bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1672c2dac32a4d06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>