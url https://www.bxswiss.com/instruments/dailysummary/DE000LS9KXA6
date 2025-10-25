--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b93d30825ea4c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b90c4c538934997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced229c0cf444bdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c2fe3abc05443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39fdf8d247364359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced229c0cf444bdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6349e66f63b649a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c2fe3abc05443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>