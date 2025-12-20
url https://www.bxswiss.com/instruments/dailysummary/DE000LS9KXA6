--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b90c4c538934997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23f591bb7414962" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c2fe3abc05443e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd83801effb944ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6349e66f63b649a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c2fe3abc05443e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf356a4f06624fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd83801effb944ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,650</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>