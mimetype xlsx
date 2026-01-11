--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23f591bb7414962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22fce5ab4a34edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd83801effb944ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd9925842d0449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf356a4f06624fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd83801effb944ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba403d476094c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd9925842d0449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>