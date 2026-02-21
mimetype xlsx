--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22fce5ab4a34edc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b7c08a7d304916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd9925842d0449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6adcb6b2e429492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba403d476094c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd9925842d0449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb345694eac3c4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6adcb6b2e429492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>84,634</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>