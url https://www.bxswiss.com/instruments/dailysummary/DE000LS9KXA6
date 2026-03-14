--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95b7c08a7d304916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae0b110bfd84ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6adcb6b2e429492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab740b764819471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb345694eac3c4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6adcb6b2e429492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22b203e68b8f44e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab740b764819471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest US500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>