--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30697e1f597c42f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36a2c8f55684d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919e906193bd421c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df4215beddb49ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ead2437d01c4496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919e906193bd421c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd9fc9ae3eb4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df4215beddb49ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>