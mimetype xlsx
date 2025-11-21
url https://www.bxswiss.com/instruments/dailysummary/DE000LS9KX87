--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf36a2c8f55684d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5edca4d935e9409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df4215beddb49ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124e6c16751f4ca3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd9fc9ae3eb4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df4215beddb49ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6545a73e51b44e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124e6c16751f4ca3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>136,903</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,701</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>139,591</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>