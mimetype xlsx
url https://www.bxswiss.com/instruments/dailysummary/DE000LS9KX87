--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5edca4d935e9409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992be303a9e64a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124e6c16751f4ca3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8533eb73aa374f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6545a73e51b44e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124e6c16751f4ca3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c6711f40fc4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8533eb73aa374f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>139,828</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>138,358</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>