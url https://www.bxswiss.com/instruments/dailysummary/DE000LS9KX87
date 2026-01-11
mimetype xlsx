--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992be303a9e64a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62570318a904454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8533eb73aa374f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f334ad338bf4da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32c6711f40fc4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8533eb73aa374f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refbadd26888545da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f334ad338bf4da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>