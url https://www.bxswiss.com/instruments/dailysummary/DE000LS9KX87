--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62570318a904454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cdcbab8821c447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f334ad338bf4da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549343d21ea244d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refbadd26888545da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f334ad338bf4da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281bb5dfae254166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549343d21ea244d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>