--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cdcbab8821c447b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbd3b17377c413b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549343d21ea244d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48ead5d11db45a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281bb5dfae254166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549343d21ea244d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601d12ef9a2547c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48ead5d11db45a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>147,469</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>