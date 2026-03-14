--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbd3b17377c413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811931c8b3144425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48ead5d11db45a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4f3c6cd974410f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601d12ef9a2547c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48ead5d11db45a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30193255ad5471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4f3c6cd974410f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Langweiler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KX87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>