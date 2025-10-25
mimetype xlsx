--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2cf4bc412f941d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2016f2fc55164950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b6fb679d344acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6d56c5f37c49d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466bd605b4344439" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b6fb679d344acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5f45a0dc584c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6d56c5f37c49d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>