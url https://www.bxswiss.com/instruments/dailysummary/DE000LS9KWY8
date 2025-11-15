--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2016f2fc55164950" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae529eeda024e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6d56c5f37c49d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc35a773f2f04637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5f45a0dc584c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6d56c5f37c49d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7dd241932e43f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc35a773f2f04637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>