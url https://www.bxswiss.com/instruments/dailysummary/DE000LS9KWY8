--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae529eeda024e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6101865099154268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc35a773f2f04637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff9fbcd1b9f4e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7dd241932e43f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc35a773f2f04637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb39dd48f1249fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff9fbcd1b9f4e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>363,445</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>