--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6101865099154268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8726213c4ab49ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff9fbcd1b9f4e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39a6cd12a02429c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb39dd48f1249fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff9fbcd1b9f4e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf732b98e2a4f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39a6cd12a02429c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>