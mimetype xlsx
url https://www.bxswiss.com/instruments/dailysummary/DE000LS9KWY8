--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8726213c4ab49ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3acdf3fb1b594e8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39a6cd12a02429c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7711927da234bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf732b98e2a4f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39a6cd12a02429c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92122c561e9e4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7711927da234bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>