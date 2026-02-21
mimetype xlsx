--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3acdf3fb1b594e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bbf2d8a7ac4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7711927da234bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4615fcffd6324d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92122c561e9e4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7711927da234bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80fc70010a1465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4615fcffd6324d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>403,386</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>