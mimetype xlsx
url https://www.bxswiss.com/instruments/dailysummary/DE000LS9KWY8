--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bbf2d8a7ac4054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa58b527be84e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4615fcffd6324d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b83e24a67eb4056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80fc70010a1465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4615fcffd6324d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951aa47926c44f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b83e24a67eb4056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>