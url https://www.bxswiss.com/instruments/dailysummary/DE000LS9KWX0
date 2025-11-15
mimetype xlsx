--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4996816f2e294252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed2d2594e1c40b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f97df9f3fe4c7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09b281cf4c146dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c28814c51454216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f97df9f3fe4c7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b9d899a5f34273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09b281cf4c146dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>115,972</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,860</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,232</x:t>
-[...144 lines deleted...]
-          <x:t>115,112</x:t>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>