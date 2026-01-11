--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed2d2594e1c40b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea93023e2a342c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09b281cf4c146dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52c0da2125945d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b9d899a5f34273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09b281cf4c146dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dde8476ac854ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52c0da2125945d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,827</x:t>
-[...70 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,941</x:t>
-[...171 lines deleted...]
-          <x:t>114,604</x:t>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>