--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reea93023e2a342c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389f3450cd664500" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52c0da2125945d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb47266205ad4cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dde8476ac854ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52c0da2125945d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdab7dc2db8a4fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb47266205ad4cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investitionen in die Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KWX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,772</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>