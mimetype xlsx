--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01b1c3b6da44167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d48789397a141a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51b925d223f34226"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6c365277eb4772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e775f19a24442e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51b925d223f34226" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c1aa6480934b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6c365277eb4772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>90,282</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,028</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>90,118</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>90,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,065</x:t>
-[...281 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,411</x:t>
-[...63 lines deleted...]
-          <x:t>90,090</x:t>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>