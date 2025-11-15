--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d48789397a141a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07439e54c25747eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6c365277eb4772"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d135a693c3b4566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23c1aa6480934b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6c365277eb4772" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdcfb057b628416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d135a693c3b4566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>