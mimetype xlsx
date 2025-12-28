--- v2 (2025-11-15)
+++ v3 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07439e54c25747eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd4bd1f1d2749a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d135a693c3b4566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48abcb995e84726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdcfb057b628416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d135a693c3b4566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bdad4bf0d8492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48abcb995e84726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>89,576</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,488</x:t>
-[...416 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,840</x:t>
-[...198 lines deleted...]
-          <x:t>88,802</x:t>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>