--- v3 (2025-12-28)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd4bd1f1d2749a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b129aaae444a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48abcb995e84726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f94b340741349f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bdad4bf0d8492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48abcb995e84726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d91571b3904c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f94b340741349f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>89,535</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>