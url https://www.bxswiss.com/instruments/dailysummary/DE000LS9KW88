--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b129aaae444a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20074fe7bff4af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f94b340741349f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2879b228b6f549ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d91571b3904c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f94b340741349f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6caafe8fc0944eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2879b228b6f549ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>antizyklisch DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>88,339</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,954</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>88,137</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,921</x:t>
-[...43 lines deleted...]
-          <x:t>88,022</x:t>
+          <x:t>87,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,831</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>87,974</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>