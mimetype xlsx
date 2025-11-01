--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7dfe8d171674d1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc562798e488404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4341553a035d4c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83a6e61f84614081"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c6e4aade96e4f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4341553a035d4c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89132e4cdc5c4b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83a6e61f84614081" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>