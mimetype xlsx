--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc562798e488404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e045633a0f94c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83a6e61f84614081"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac68e3b8266431c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89132e4cdc5c4b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83a6e61f84614081" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f95aac7969499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac68e3b8266431c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,043</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>115,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>