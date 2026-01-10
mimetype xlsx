--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e045633a0f94c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18d6a2e614b4e15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac68e3b8266431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c595ef0a8c4171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f95aac7969499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac68e3b8266431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a07d52376b4e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c595ef0a8c4171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>