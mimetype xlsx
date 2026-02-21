--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18d6a2e614b4e15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827b3e1fb2244438" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c595ef0a8c4171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6477a619b1cb43d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61a07d52376b4e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c595ef0a8c4171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra333d58a058a41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6477a619b1cb43d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>115,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,567</x:t>
-[...296 lines deleted...]
-          <x:t>118,225</x:t>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>