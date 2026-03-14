--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827b3e1fb2244438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fddcf0a578340ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6477a619b1cb43d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4337b5f4750417f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra333d58a058a41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6477a619b1cb43d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c7ec92ede5a448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4337b5f4750417f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the20 - Emerging Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>117,006</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,463</x:t>
-[...587 lines deleted...]
-        <x:is>
           <x:t>115,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>