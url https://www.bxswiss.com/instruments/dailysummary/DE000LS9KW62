--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82510d86e3f94e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab8dd332b7a47dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5e8cf090fc449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaabda8f5b3441ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b033f1d3dc4482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5e8cf090fc449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb37d559636844cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaabda8f5b3441ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,614</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>