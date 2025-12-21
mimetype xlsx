--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab8dd332b7a47dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b475204cdd4163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaabda8f5b3441ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c339da15a8b4d48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb37d559636844cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaabda8f5b3441ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5bee4ca57f247be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c339da15a8b4d48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,926</x:t>
-[...630 lines deleted...]
-          <x:t>87,074</x:t>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>