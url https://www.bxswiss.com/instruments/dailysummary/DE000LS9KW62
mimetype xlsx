--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b475204cdd4163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3527cde772e24203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c339da15a8b4d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2957d4be6f426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5bee4ca57f247be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c339da15a8b4d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b62aa11a7c44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2957d4be6f426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>93,003</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,988</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>93,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>