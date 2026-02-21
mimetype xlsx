--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3527cde772e24203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e2e0d9947e4803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2957d4be6f426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b187a2bed004bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b62aa11a7c44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2957d4be6f426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19dd9180fc194521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b187a2bed004bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,219</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>