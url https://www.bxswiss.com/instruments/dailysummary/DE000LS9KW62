--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e2e0d9947e4803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7460427e599947c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b187a2bed004bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503f833fe60c4f42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19dd9180fc194521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b187a2bed004bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53dcc0de7dfc488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503f833fe60c4f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE MidCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>