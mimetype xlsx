--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb6656d312947db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra194772a531647b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ec77b2a53e4689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb564760da29848ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1ad1b386b34a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ec77b2a53e4689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c1e6a7e39847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb564760da29848ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex NEW Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>