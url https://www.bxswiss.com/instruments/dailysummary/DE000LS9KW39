--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra194772a531647b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c745c8dc7754c24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb564760da29848ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9780f61e59a4fb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c1e6a7e39847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb564760da29848ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b6ab9faac24c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9780f61e59a4fb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex NEW Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,503</x:t>
@@ -791,31 +393,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>