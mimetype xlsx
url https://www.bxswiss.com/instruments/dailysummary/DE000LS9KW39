--- v2 (2025-11-14)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c745c8dc7754c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe8656ed75cd40d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9780f61e59a4fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8d9b2293e6410a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90b6ab9faac24c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9780f61e59a4fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416671d8f94840e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8d9b2293e6410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex NEW Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>319,125</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>