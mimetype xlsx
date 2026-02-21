--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe8656ed75cd40d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a616bb4af344fa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8d9b2293e6410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R668c80cab17c440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416671d8f94840e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8d9b2293e6410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racec963b0a45407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R668c80cab17c440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex NEW Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>341,386</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>