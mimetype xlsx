--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a616bb4af344fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb70d1c68bab14188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R668c80cab17c440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae8dadfbb874d52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racec963b0a45407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R668c80cab17c440e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd41ef369744f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae8dadfbb874d52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alex NEW Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>