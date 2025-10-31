--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f171160e7e84489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77967c7ecd54354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R036efc6653984757"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c144891b3c64e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7630c573ac94d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R036efc6653984757" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra785c3cbbe2d4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c144891b3c64e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>116,814</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>117,916</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>