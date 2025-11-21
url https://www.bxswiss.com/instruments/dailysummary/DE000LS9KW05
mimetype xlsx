--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77967c7ecd54354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d08d7a435214838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c144891b3c64e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a137e8797f4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra785c3cbbe2d4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c144891b3c64e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra303193c65fb4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a137e8797f4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>117,165</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...408 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,257</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>117,198</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>