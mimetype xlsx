--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d08d7a435214838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8ddf39f83444c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a137e8797f4588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcbe311c8a274c3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra303193c65fb4362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a137e8797f4588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b3dff0bec9413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcbe311c8a274c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...485 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,360</x:t>
-[...144 lines deleted...]
-          <x:t>115,068</x:t>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>