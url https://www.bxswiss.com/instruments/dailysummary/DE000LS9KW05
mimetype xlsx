--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8ddf39f83444c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b22ec8eb91458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcbe311c8a274c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5074cfc7e67144d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b3dff0bec9413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcbe311c8a274c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056a1f3aceee4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5074cfc7e67144d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>