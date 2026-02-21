--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79b22ec8eb91458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167cb350f09c4f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5074cfc7e67144d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8df6a5aa05d4955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056a1f3aceee4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5074cfc7e67144d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73af1f6d1f9f4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8df6a5aa05d4955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,948</x:t>
-[...31 lines deleted...]
-          <x:t>121,779</x:t>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,243</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>122,906</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>