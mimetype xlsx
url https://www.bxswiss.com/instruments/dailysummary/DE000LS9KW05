--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167cb350f09c4f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46dffe6f03084513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8df6a5aa05d4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb973d627fc4111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73af1f6d1f9f4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8df6a5aa05d4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R208e26694337436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb973d627fc4111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KW05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>120,899</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,391</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>121,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,021</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>