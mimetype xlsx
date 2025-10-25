--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fcc65840684edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f0414d338146f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620f14831c4c4c42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda48c5d883944e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45ee5564be34c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620f14831c4c4c42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33eb9c71de84833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda48c5d883944e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>355,244</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,428</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,433</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>