--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f0414d338146f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40fd1c7838a48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda48c5d883944e64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6243140ff54ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33eb9c71de84833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda48c5d883944e64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7f993656e94f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6243140ff54ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>349,901</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>352,217</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>