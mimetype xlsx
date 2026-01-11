--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40fd1c7838a48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4394794fd64ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda6243140ff54ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9941857b712b4942"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7f993656e94f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda6243140ff54ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2985340ea6f04a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9941857b712b4942" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>