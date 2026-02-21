--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4394794fd64ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4bacdb674f64e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9941857b712b4942"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb86898a537c4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2985340ea6f04a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9941857b712b4942" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e875c9b3e62428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb86898a537c4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>367,560</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>