--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4bacdb674f64e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99251ec74ccf4011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb86898a537c4d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ffb6a594a8a46b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e875c9b3e62428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb86898a537c4d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73fb517e990d455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ffb6a594a8a46b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Player Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>