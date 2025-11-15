--- v0 (2025-10-26)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc68229138c4bbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afa67487e40416a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b73b89d67db48e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c82b5bc16d44e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R083ed4c54fc74757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b73b89d67db48e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b56b8488bb4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c82b5bc16d44e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>