--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7afa67487e40416a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997010eb1dcc400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c82b5bc16d44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89b545f3bc345da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b56b8488bb4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c82b5bc16d44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73d0d715ba2c4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89b545f3bc345da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,171</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>