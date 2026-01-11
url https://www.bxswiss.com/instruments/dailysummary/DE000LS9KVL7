--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997010eb1dcc400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3555403af49e4fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89b545f3bc345da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R285b4acb2554407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73d0d715ba2c4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89b545f3bc345da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b699869b7474e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R285b4acb2554407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>