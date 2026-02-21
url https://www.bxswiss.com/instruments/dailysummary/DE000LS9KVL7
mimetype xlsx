--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3555403af49e4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3828d632064e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R285b4acb2554407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e06f3f900c14498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b699869b7474e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R285b4acb2554407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4adb20806a97422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e06f3f900c14498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,643</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>