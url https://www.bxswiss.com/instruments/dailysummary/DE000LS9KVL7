--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3828d632064e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd8ddf0acca452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e06f3f900c14498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14a184aeca0e4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4adb20806a97422f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e06f3f900c14498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3fc29a7a94ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14a184aeca0e4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>