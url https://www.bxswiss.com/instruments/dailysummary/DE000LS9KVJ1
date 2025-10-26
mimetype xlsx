--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc351ded3c7cc4c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87aced5323ef4a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54b2997d2a04ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c96f3e19f3945f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85356fea5cc4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54b2997d2a04ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6456862217c407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c96f3e19f3945f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mein Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>