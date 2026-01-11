--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87aced5323ef4a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ecccf33f53444ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c96f3e19f3945f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34afb898c2644fa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6456862217c407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c96f3e19f3945f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60fad93303644044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34afb898c2644fa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mein Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>152,313</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>152,042</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>