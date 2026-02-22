--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ecccf33f53444ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc291420c0a9a41fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34afb898c2644fa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red66e2f9a1fb4cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60fad93303644044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34afb898c2644fa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae941a13f1bb4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red66e2f9a1fb4cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mein Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>151,888</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,467</x:t>
-[...38 lines deleted...]
-          <x:t>152,150</x:t>
+          <x:t>149,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,150</x:t>
-[...26 lines deleted...]
-          <x:t>151,896</x:t>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>156,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>