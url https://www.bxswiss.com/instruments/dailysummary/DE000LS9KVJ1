--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc291420c0a9a41fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b74d9a97974d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red66e2f9a1fb4cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R578907e375074253"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae941a13f1bb4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red66e2f9a1fb4cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9ba7cca338442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R578907e375074253" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mein Konsum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>