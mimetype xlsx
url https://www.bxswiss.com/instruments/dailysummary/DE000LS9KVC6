--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069f8830de7544f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f0e68455964425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727fdf2134054477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886b8d0fe8a94f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcddd16402a214f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727fdf2134054477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f28d308948148f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886b8d0fe8a94f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>110,534</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,139</x:t>
-[...4 lines deleted...]
-          <x:t>110,207</x:t>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>