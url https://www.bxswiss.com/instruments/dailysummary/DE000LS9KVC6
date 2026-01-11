--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f0e68455964425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa164ce0121456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R886b8d0fe8a94f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077c8bffa2df4540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f28d308948148f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R886b8d0fe8a94f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443f6d3d473a49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077c8bffa2df4540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>110,265</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>