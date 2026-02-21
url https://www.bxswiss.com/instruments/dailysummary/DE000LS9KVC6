--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaa164ce0121456f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70c2e64f470473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077c8bffa2df4540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7c4b72ede84336"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R443f6d3d473a49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077c8bffa2df4540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947fb0cd9b354f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7c4b72ede84336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,813</x:t>
-[...360 lines deleted...]
-          <x:t>111,442</x:t>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>