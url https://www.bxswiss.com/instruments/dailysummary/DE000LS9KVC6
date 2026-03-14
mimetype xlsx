--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70c2e64f470473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b84075b63247cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7c4b72ede84336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593e0a382e624aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R947fb0cd9b354f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7c4b72ede84336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69157ebc79714a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593e0a382e624aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Div_Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>