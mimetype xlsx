--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7ac061311f4fae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R597f4f242c0e4177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c315ee89ea24cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde93d7edf5434720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8392654d43b64562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c315ee89ea24cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61ba94128804541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde93d7edf5434720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,729</x:t>
-[...441 lines deleted...]
-          <x:t>142,341</x:t>
+          <x:t>138,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>