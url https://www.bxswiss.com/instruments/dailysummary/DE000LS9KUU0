--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R597f4f242c0e4177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref77968aa4b2441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde93d7edf5434720"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987dbff8bd164bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61ba94128804541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde93d7edf5434720" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0310c6f1e4224924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987dbff8bd164bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>142,251</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,181</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>140,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>