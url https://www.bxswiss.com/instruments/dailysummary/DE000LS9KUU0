--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref77968aa4b2441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832bc7336f834600" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987dbff8bd164bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9839ea60485249a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0310c6f1e4224924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987dbff8bd164bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8bae1da9804d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9839ea60485249a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>