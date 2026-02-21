--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832bc7336f834600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704a32cab0a94a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9839ea60485249a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092867142a0c4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8bae1da9804d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9839ea60485249a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435784d8641b4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092867142a0c4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>157,329</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>