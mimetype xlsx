--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704a32cab0a94a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf930b4b7f725477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092867142a0c4c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e7f4ebe545f4aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435784d8641b4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092867142a0c4c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba5e6ca27d74c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e7f4ebe545f4aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German reas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>