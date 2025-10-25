--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e61bac3d91477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129d5349ef094002" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e214c2ed0904995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c2e84a7782b45d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1224f7035ee9478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e214c2ed0904995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e4618340ca45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c2e84a7782b45d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>