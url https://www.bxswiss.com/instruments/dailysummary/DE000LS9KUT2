--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R129d5349ef094002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7906fe2635047b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c2e84a7782b45d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97a0c922f3d144fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e4618340ca45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c2e84a7782b45d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4a938fbb574024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97a0c922f3d144fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>185,823</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>