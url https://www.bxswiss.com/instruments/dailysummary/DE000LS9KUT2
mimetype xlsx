--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7906fe2635047b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b5018f2aad4d34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97a0c922f3d144fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71348612fcc74d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4a938fbb574024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97a0c922f3d144fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e4ad50b49f4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71348612fcc74d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>