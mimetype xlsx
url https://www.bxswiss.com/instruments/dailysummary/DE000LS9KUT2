--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b5018f2aad4d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b50955d2404826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71348612fcc74d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eee597a3a7f4672"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e4ad50b49f4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71348612fcc74d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a833c37f6024b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eee597a3a7f4672" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...468 lines deleted...]
-          <x:t>180,902</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>180,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>