--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b50955d2404826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R145d09c50a324df5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eee597a3a7f4672"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a7acfee19894eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a833c37f6024b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eee597a3a7f4672" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c022c4cb10c4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a7acfee19894eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BABYLON INVEST CONTRARIAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>