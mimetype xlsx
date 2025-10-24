--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57694a346b614464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026c350525814c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7acf540e3694ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb30b81d88349c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed328419bc74f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7acf540e3694ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9b2c2e0a64529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb30b81d88349c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>143,148</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,897</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>141,154</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>