--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026c350525814c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6e741e8d9c4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfb30b81d88349c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ef10be1ce74f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9b2c2e0a64529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfb30b81d88349c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1254ee31c8433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ef10be1ce74f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,403</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>