--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6e741e8d9c4f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cea12fa19264e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ef10be1ce74f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb04af845ef6542a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1254ee31c8433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ef10be1ce74f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1daa4bcc3e0246f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb04af845ef6542a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>