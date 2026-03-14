--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cea12fa19264e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d924aa65f1412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb04af845ef6542a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f0299e507f4e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1daa4bcc3e0246f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb04af845ef6542a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53c7575cf4e4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f0299e507f4e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradeInvest DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,297</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>