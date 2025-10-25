--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ee38c27e5a4a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R750af3556d1a47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4c062d5ce640da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf15bb494b234c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc82aab62d3c942cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4c062d5ce640da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf44d620589764018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf15bb494b234c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued Stocks Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>