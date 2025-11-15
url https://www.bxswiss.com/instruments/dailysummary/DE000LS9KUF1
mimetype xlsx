--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R750af3556d1a47ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674770cb7b8c49d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf15bb494b234c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b30828522c64d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf44d620589764018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf15bb494b234c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2292c551aa1942c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b30828522c64d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued Stocks Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>87,806</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,144</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,494</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>88,921</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>