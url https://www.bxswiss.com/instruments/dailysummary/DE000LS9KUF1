--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674770cb7b8c49d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3730442f2c6a4f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b30828522c64d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292e1e8d58c84d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2292c551aa1942c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b30828522c64d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9709e48f4427492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292e1e8d58c84d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued Stocks Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,835</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>