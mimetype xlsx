--- v3 (2026-01-08)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3730442f2c6a4f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8c25e857e3483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292e1e8d58c84d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c1c5e3403a47bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9709e48f4427492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292e1e8d58c84d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664ac6b3562543be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c1c5e3403a47bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued Stocks Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>