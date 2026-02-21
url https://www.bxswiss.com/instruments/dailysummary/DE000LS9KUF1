--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca8c25e857e3483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff02750acfa448ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c1c5e3403a47bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1109660d38540e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664ac6b3562543be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c1c5e3403a47bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb6c7cf0ca44657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1109660d38540e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued Stocks Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...473 lines deleted...]
-          <x:t>95,507</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>