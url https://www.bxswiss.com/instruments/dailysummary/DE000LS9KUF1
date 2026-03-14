--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff02750acfa448ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af933f18dfd45cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1109660d38540e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc002f3340ee24e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb6c7cf0ca44657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1109660d38540e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c42f04ca6424dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc002f3340ee24e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Undervalued Stocks Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>94,959</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,308</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,528</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>