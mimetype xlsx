--- v0 (2025-10-03)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daa3b42e0aa4ce3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865624deee75400f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b6d426c45e646fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db279dec56d4c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R002dcbaa0ae64d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b6d426c45e646fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a8f77435a84d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db279dec56d4c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>e-mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>333,668</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>