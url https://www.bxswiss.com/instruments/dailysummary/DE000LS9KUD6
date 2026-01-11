--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865624deee75400f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4b7b15d44f444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db279dec56d4c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a27f22757274cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a8f77435a84d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db279dec56d4c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6079d497d36a4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a27f22757274cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>e-mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>305,368</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>