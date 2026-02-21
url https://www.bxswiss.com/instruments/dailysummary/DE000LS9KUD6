--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4b7b15d44f444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd76147b6964f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a27f22757274cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d83378029fd43a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6079d497d36a4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a27f22757274cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6834120a86741b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d83378029fd43a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>e-mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>355,366</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>