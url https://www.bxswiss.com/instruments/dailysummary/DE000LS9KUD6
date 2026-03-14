--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd76147b6964f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ec75f67b8442fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d83378029fd43a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd60c20965d47c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6834120a86741b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d83378029fd43a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f85aaa9109d42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd60c20965d47c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>e-mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>