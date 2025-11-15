--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebeff28c93b451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc187b7ecba0a46e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf951501f1644c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96bc9c9ab64343f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e32bcfcefc4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf951501f1644c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a6e5f73b48a4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96bc9c9ab64343f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>112,763</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,244</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>111,672</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>