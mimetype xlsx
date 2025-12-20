--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc187b7ecba0a46e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bcede2edc744612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96bc9c9ab64343f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7a9cd11e6c41c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a6e5f73b48a4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96bc9c9ab64343f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fa5de6aa954de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7a9cd11e6c41c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,285</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>