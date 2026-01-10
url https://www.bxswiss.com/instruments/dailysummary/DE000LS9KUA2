--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bcede2edc744612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ca6f66bea44c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7a9cd11e6c41c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c03180a5b245a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05fa5de6aa954de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7a9cd11e6c41c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d2f1a38e434156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c03180a5b245a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,673</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>113,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,998</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>