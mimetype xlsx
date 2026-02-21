--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ca6f66bea44c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331d37b2cb9c47c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c03180a5b245a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29b6d0d6bf64949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08d2f1a38e434156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c03180a5b245a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04db8c7709304570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29b6d0d6bf64949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>114,444</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>