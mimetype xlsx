--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331d37b2cb9c47c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de58d3f60ee4e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29b6d0d6bf64949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d48b0b686ab4b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04db8c7709304570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29b6d0d6bf64949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9facd6908c8479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d48b0b686ab4b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>chance-wachstum-plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KUA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>