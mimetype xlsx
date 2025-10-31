--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef5a22b52864a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029b3760d29244fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c29fac87c7e4f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1b95aa482d4452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdc8bb8c2fff4651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c29fac87c7e4f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R772b8caa94ef4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1b95aa482d4452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>98,186</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,402</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>97,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,585</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>