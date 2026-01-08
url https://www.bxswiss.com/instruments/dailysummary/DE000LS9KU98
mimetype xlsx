--- v1 (2025-10-31)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029b3760d29244fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421f3a82fffd4f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1b95aa482d4452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8072db5b6146f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R772b8caa94ef4ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1b95aa482d4452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb878c849ca43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8072db5b6146f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,931</x:t>
-[...36 lines deleted...]
-          <x:t>97,123</x:t>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>