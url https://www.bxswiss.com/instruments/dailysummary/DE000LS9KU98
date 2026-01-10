--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R421f3a82fffd4f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65fafe2cdaee44ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8072db5b6146f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd75aa993f6d4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb878c849ca43ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8072db5b6146f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fae7c0a67af4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd75aa993f6d4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>