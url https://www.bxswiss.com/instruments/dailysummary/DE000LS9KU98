--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65fafe2cdaee44ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71207c969c24203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd75aa993f6d4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2ee56bbe8748ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fae7c0a67af4970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd75aa993f6d4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b022ce23a74ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2ee56bbe8748ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>98,602</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>