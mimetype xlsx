--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71207c969c24203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra676b29755114785" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2ee56bbe8748ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25354425dde40d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b022ce23a74ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2ee56bbe8748ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6578fa83fb74016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25354425dde40d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HDAX-Werte select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,930</x:t>
-[...274 lines deleted...]
-          <x:t>94,984</x:t>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>