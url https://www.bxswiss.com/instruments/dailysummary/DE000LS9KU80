--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e90500536b4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2437b2fb36df4c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bb62f3b57f048aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c5c16bcfa614ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03510a6bf0243a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bb62f3b57f048aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3027325b04f746e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c5c16bcfa614ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holding-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,358</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>