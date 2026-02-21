--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2437b2fb36df4c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cf1977229d44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c5c16bcfa614ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R840a89cc0b404c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3027325b04f746e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c5c16bcfa614ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbde1bdb641114a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R840a89cc0b404c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Holding-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,479</x:t>
-[...225 lines deleted...]
-          <x:t>109,791</x:t>
+          <x:t>106,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>