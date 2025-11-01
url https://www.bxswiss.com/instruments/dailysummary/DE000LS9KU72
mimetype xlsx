--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533a4718afa64d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb724baed51409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R168961c830fb432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd4c4612ad640c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b44f5163ef4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R168961c830fb432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc15ee8fe329a43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd4c4612ad640c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf Erholungssuche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>130,169</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,244</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>131,580</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>