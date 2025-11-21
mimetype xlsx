--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb724baed51409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc3007fd17e433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd4c4612ad640c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479fc1e14b774f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc15ee8fe329a43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd4c4612ad640c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b07a3e771b4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479fc1e14b774f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf Erholungssuche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>