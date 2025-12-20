--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc3007fd17e433a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd78826596df4497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479fc1e14b774f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b602c3f931e4ea8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b07a3e771b4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479fc1e14b774f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f705b43352f4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b602c3f931e4ea8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf Erholungssuche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>