--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd78826596df4497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd2ba7dc6d74f62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b602c3f931e4ea8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b714c27051414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f705b43352f4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b602c3f931e4ea8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5fef382d478416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b714c27051414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auf Erholungssuche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>137,982</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>