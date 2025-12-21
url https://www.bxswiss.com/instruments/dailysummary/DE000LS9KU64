--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1047a9d137064593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0943b3a99e7f4b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf315af595a1c456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fdfbf01ab346cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bc84e8933f24206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf315af595a1c456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b5c4658a4f49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fdfbf01ab346cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAHORN Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,887</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>