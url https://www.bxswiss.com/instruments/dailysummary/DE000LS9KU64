--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0943b3a99e7f4b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb929ca80e7473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fdfbf01ab346cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c319cd7697a4a19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b5c4658a4f49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fdfbf01ab346cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra665b9fcb9e44468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c319cd7697a4a19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAHORN Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>90,343</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,762</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>92,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>