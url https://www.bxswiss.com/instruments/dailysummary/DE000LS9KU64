--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb929ca80e7473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51737ac25bc5422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c319cd7697a4a19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bd5fe7058e4b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra665b9fcb9e44468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c319cd7697a4a19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R137634d130734ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bd5fe7058e4b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAHORN Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,693</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>