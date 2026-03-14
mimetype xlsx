--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51737ac25bc5422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf726ed946e4ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bd5fe7058e4b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a4de420bcef408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R137634d130734ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bd5fe7058e4b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ec52bbc6ea34502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a4de420bcef408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAHORN Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KU64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>83,169</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>85,099</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>