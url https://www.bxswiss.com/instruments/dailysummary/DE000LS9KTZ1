--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3467ea921a490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829dc88ed7b444ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2312ca416e94d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6eae23c08b4041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdada90d6ea664cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2312ca416e94d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f894b5528d749ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6eae23c08b4041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>173,483</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>