--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829dc88ed7b444ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R092e04750cb94c05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6eae23c08b4041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d73e10d4a9745db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f894b5528d749ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6eae23c08b4041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b79136986dc4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d73e10d4a9745db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,616</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>