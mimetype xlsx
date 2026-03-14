--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R092e04750cb94c05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729a9136e1fb4cbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d73e10d4a9745db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9d8c7ae9b9c40fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b79136986dc4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d73e10d4a9745db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550a71a6b80b4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9d8c7ae9b9c40fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>174,623</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,213</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>171,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,374</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>