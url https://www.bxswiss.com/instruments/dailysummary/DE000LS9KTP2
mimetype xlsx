--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R306bbba71b9e4b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d4b6e3fceb40ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b08b327d9e141b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a9642012994261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb731b3f5bb4937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b08b327d9e141b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f831a65f6c64c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a9642012994261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Winner-Loser Strategie DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,636</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>