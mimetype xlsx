--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d4b6e3fceb40ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80992a8f63b14a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a9642012994261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5dc6a129ea44ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f831a65f6c64c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a9642012994261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc55ee153d5044005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5dc6a129ea44ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Winner-Loser Strategie DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>