--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80992a8f63b14a97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d7529279514318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5dc6a129ea44ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d8f6058dbd4690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc55ee153d5044005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5dc6a129ea44ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f68bb6b4b264bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d8f6058dbd4690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Winner-Loser Strategie DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,338</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>