--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d7529279514318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24b6bad8aaa4b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d8f6058dbd4690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5199e40f80b4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f68bb6b4b264bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d8f6058dbd4690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b4ffa05bf743f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5199e40f80b4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Winner-Loser Strategie DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>