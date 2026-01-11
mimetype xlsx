--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf498b29969c4721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57b07f4bf95b4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa8927dabe51469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90fcc3afa89249d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f15df37ba2d4ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa8927dabe51469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0291059a1b461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90fcc3afa89249d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>328,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>