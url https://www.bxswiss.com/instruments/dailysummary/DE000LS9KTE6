--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57b07f4bf95b4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2affe01d4ad94eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90fcc3afa89249d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2976f9ae1f3b4ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa0291059a1b461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90fcc3afa89249d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187c96717f4540e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2976f9ae1f3b4ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>304,699</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>