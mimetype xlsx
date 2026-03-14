--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2affe01d4ad94eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7693024cff44517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2976f9ae1f3b4ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0802a4f0ac7845c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187c96717f4540e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2976f9ae1f3b4ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re767084f0e844906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0802a4f0ac7845c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...345 lines deleted...]
-          <x:t>277,757</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,976</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>275,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>