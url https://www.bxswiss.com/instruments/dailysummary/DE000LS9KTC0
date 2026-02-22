--- v0 (2026-01-07)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc42f7660df4cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f2679ae7634bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref09bf538fa44e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033aea1200d8462a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf117aefcd5ea4d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref09bf538fa44e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb296c0ef8f45468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033aea1200d8462a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SELECT Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KTC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>176,625</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>174,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>