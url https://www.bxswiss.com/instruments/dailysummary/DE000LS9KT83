--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9449925169fe4ea5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f49691f16848f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc74b5195fd0f4ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f43e8dc63f5498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c1ee1b3bc34e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc74b5195fd0f4ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc6f825d5774582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f43e8dc63f5498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch Seltene Erden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>