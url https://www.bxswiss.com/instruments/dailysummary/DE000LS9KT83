--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f49691f16848f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad1f8e962a4749d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f43e8dc63f5498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391b11e4d9cb460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc6f825d5774582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f43e8dc63f5498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc51137c99f4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391b11e4d9cb460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch Seltene Erden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>383,775</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>