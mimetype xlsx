--- v2 (2025-12-27)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad1f8e962a4749d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08260126b62e48a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391b11e4d9cb460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbc8b5097d44965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc51137c99f4e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391b11e4d9cb460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23a5fc4e4274b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbc8b5097d44965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch Seltene Erden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>258,682</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>