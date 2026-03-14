--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08260126b62e48a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3647e6df1b704015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbc8b5097d44965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R143aee1d1e5244e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23a5fc4e4274b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbc8b5097d44965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436de981dcdc4b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R143aee1d1e5244e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antizyklisch Seltene Erden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>