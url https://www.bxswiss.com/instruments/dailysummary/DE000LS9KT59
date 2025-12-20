--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b0a8e1f029483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9124250e0d4d49aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5385eb548a54a5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb756744dc1548d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d20cda36d2b4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5385eb548a54a5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49121c51ecb74de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb756744dc1548d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market-Entry Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,213</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>