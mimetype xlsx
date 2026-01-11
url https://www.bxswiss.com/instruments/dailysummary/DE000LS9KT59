--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9124250e0d4d49aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e682afa23c41b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb756744dc1548d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d97413c02c24566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49121c51ecb74de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb756744dc1548d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4619bf89f3404aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d97413c02c24566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market-Entry Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>160,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>158,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>