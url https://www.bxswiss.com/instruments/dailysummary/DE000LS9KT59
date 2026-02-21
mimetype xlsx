--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e682afa23c41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496f1b2c7dab4d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d97413c02c24566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63532c0d8b9a46f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4619bf89f3404aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d97413c02c24566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5571a9f3d3348f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63532c0d8b9a46f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market-Entry Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>