--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R496f1b2c7dab4d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdadffee2b19d475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63532c0d8b9a46f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref24ba176a224862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5571a9f3d3348f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63532c0d8b9a46f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb7e883d36e5466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref24ba176a224862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Market-Entry Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>