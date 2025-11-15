--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945cd65d4a20427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a3840277f44725" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6ae6d52496a4e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2e705763a64db8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76955ad2ff614305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6ae6d52496a4e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9870f309e0eb4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2e705763a64db8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertkonservativ mit Immobilien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>131,294</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,302</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>131,344</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>