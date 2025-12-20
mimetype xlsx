--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a3840277f44725" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab2389e90364fc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2e705763a64db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bdcbaa3adc4ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9870f309e0eb4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2e705763a64db8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f018e8262c145ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bdcbaa3adc4ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertkonservativ mit Immobilien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,954</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>126,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>