--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab2389e90364fc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92773e26e89464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bdcbaa3adc4ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83843d1f80e14f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f018e8262c145ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bdcbaa3adc4ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R521f92c671f349ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83843d1f80e14f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertkonservativ mit Immobilien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>132,736</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>133,911</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>