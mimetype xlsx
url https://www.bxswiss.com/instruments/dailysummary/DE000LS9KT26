--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92773e26e89464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R467978f19b5f4c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83843d1f80e14f91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc035109e14f4222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R521f92c671f349ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83843d1f80e14f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R997b3312ea474fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc035109e14f4222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertkonservativ mit Immobilien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>134,911</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,911</x:t>
-[...124 lines deleted...]
-          <x:t>135,786</x:t>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,754</x:t>
-[...107 lines deleted...]
-          <x:t>137,521</x:t>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>