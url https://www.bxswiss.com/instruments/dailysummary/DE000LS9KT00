--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ceec00879e4eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829dcc3e94744dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6e6ce9649fd4bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R939922fdbe8846c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f674ad598e4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6e6ce9649fd4bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R546ac992ea184559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R939922fdbe8846c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Aktien der Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>