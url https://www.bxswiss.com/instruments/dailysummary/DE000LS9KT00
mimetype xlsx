--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R829dcc3e94744dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee3b92879874e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R939922fdbe8846c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621fe70224294149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R546ac992ea184559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R939922fdbe8846c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686a69ade8ba400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621fe70224294149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Aktien der Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,368</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>