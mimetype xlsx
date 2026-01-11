--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee3b92879874e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff001c6077b4458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621fe70224294149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c05fc1ac034d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686a69ade8ba400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621fe70224294149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6637bc75504f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c05fc1ac034d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Aktien der Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>