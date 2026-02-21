--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff001c6077b4458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d68d73f5e14312" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c05fc1ac034d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra534ce8a317c462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6637bc75504f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c05fc1ac034d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c33693a7344f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra534ce8a317c462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Aktien der Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>176,359</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>