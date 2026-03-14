--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d68d73f5e14312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a180678b86d4248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra534ce8a317c462e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8bca9e924434187"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c33693a7344f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra534ce8a317c462e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb1846aee8c4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8bca9e924434187" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine besten Aktien der Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KT00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>