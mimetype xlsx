--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9436bad7267d4bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re29a25d0537f428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209519ff3e404b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e72cdb619d44c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd80afccfc584e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209519ff3e404b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd03dea16b34a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e72cdb619d44c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>