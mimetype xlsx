--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re29a25d0537f428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52da056e064344bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e72cdb619d44c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redeef4058a444666"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd03dea16b34a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e72cdb619d44c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f0e6069bd842ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redeef4058a444666" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>