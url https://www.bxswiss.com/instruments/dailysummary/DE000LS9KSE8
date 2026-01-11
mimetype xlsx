--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52da056e064344bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e08e36887414d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redeef4058a444666"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626baad5542f4042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f0e6069bd842ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redeef4058a444666" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec52c616a8614d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626baad5542f4042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>