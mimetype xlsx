--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e08e36887414d6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cb37db7e0743a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626baad5542f4042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652426c870134a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec52c616a8614d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626baad5542f4042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6167c04271384fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652426c870134a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>190,340</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>