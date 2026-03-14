--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cb37db7e0743a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae4ed035b83460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652426c870134a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffffd053ebce4c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6167c04271384fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652426c870134a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re23e34cca74f4073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffffd053ebce4c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MM Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>