--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef760e230254315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb8a4a71aed42de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c22620b89c460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0aad29b71ea4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecc34e7157b4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c22620b89c460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c22f4b5fc4476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0aad29b71ea4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transport und Logistikwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,228</x:t>
-[...522 lines deleted...]
-          <x:t>163,204</x:t>
+          <x:t>164,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>