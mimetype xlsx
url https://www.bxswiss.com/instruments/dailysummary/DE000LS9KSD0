--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb8a4a71aed42de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20675d902954b08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0aad29b71ea4fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee4c7951a8e4427"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c22f4b5fc4476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0aad29b71ea4fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057f71d1ebe44e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee4c7951a8e4427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transport und Logistikwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,191</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>