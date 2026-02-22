--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20675d902954b08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4d5987d8a94ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee4c7951a8e4427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e16272a22fb4284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057f71d1ebe44e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee4c7951a8e4427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062ded5123ab47c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e16272a22fb4284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transport und Logistikwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>175,276</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>