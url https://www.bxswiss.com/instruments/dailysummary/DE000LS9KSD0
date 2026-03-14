--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4d5987d8a94ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9d207c3e004006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e16272a22fb4284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70164d57c0b4cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062ded5123ab47c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e16272a22fb4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76d56633e674c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70164d57c0b4cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Transport und Logistikwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>173,590</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,294</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>175,631</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>