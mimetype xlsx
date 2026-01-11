--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee4ca43bb304f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c5efc1a95c49d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9942f6840b4109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19f30def64843b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639160f829114fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9942f6840b4109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fb3e8f1c744d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19f30def64843b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Momentum 5  + Gain on 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +575,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>