--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c5efc1a95c49d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d5e93fc01f4161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb19f30def64843b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdceb73d60ee4500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25fb3e8f1c744d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb19f30def64843b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaebb81cd4174db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdceb73d60ee4500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Momentum 5  + Gain on 5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>223,951</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>