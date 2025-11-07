--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4afc7f783e4041" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf16dc5f33fc4349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R102e0d050140433d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1dd5b40305d4172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f3531cda2147e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R102e0d050140433d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8169f5ca45634c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1dd5b40305d4172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Kurs- &amp; Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...276 lines deleted...]
-        <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -664,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>