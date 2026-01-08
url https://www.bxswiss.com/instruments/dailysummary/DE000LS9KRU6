--- v1 (2025-11-07)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf16dc5f33fc4349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e8191e81b14631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1dd5b40305d4172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9762504a4374ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8169f5ca45634c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1dd5b40305d4172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05700ba531a244ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9762504a4374ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Kurs- &amp; Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>84,328</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,702</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>81,031</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>