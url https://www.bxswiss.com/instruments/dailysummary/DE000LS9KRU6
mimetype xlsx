--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e8191e81b14631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e405e015a094b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9762504a4374ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93ec39ed6bd4a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05700ba531a244ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9762504a4374ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d333248bb541d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93ec39ed6bd4a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Kurs- &amp; Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,345</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>