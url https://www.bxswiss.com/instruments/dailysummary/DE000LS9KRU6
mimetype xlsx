--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e405e015a094b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c48c7bc0d3473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93ec39ed6bd4a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42db82bc1a02499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d333248bb541d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93ec39ed6bd4a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b5a04af90cc4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42db82bc1a02499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Kurs- &amp; Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,462 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...410 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>