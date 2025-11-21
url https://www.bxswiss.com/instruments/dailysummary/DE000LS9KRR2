--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09400b1daeaa43be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa71519bdd184486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548b4fa527a94e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ff32c3fbae473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96690cffbd0b4798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548b4fa527a94e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re129391c300d489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ff32c3fbae473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Food - Buy what you eat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,115</x:t>
-[...549 lines deleted...]
-          <x:t>97,374</x:t>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>