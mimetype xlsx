--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa71519bdd184486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9d9e9adbfd4e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ff32c3fbae473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb6b10255eb42b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re129391c300d489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ff32c3fbae473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20446f3b38dd415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb6b10255eb42b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Food - Buy what you eat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...539 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,357</x:t>
-[...21 lines deleted...]
-          <x:t>97,602</x:t>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,437</x:t>
-[...58 lines deleted...]
-          <x:t>98,698</x:t>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>