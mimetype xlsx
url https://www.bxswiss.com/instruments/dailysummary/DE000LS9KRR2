--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9d9e9adbfd4e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3af7818963d4122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb6b10255eb42b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd9537796da49d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20446f3b38dd415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb6b10255eb42b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0060c39a348416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd9537796da49d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Food - Buy what you eat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,602</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,437</x:t>
-[...350 lines deleted...]
-          <x:t>98,185</x:t>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>