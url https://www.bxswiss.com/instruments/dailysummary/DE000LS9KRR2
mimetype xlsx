--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3af7818963d4122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf93f09645b7421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd9537796da49d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320acaa16dc74a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0060c39a348416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd9537796da49d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R761740c9b2a34a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320acaa16dc74a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Food - Buy what you eat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,186</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>