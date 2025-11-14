--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2401b325394341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d2c0f0775e46f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58cd36a3b3c448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2148973b22413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19798005bac34ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58cd36a3b3c448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314fc3bd2b434dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2148973b22413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>