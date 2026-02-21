--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02d2c0f0775e46f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb8f6d9ff1946b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c2148973b22413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dbff6a89a445b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314fc3bd2b434dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c2148973b22413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7f3cd6857541fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dbff6a89a445b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>117,288</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>