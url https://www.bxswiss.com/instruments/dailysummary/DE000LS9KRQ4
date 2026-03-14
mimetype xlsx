--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb8f6d9ff1946b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211c4e494c3f44f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dbff6a89a445b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ccfde0bd0c649cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7f3cd6857541fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dbff6a89a445b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4744926de8a440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ccfde0bd0c649cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie nach Levermann Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>