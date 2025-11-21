--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80ddfa19eb74f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf92dc6c69347b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9373fc022fd4c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4f81b653894a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97741dd39eda4272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9373fc022fd4c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39299d5f333c43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4f81b653894a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weapon &amp; Armor Manufacturing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,866</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>