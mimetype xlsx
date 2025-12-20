--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf92dc6c69347b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22333a60ffe54f5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4f81b653894a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2a3ff63a444088"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39299d5f333c43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4f81b653894a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038e62ae29204cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2a3ff63a444088" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weapon &amp; Armor Manufacturing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>232,542</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,182</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>236,114</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>