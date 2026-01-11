--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22333a60ffe54f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df3c7693b7d418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2a3ff63a444088"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0296e5c5134804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R038e62ae29204cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2a3ff63a444088" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1d542340e64b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0296e5c5134804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weapon &amp; Armor Manufacturing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>