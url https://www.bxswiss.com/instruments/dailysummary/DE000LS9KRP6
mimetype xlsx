--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df3c7693b7d418b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff57bf8ad9eb4d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0296e5c5134804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81857f76addb42c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1d542340e64b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0296e5c5134804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re58af94464a5474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81857f76addb42c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weapon &amp; Armor Manufacturing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>258,450</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>