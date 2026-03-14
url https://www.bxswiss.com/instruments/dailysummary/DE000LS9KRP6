--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff57bf8ad9eb4d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe9e0295f404a6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81857f76addb42c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d7800cbf804981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re58af94464a5474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81857f76addb42c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f1136f71444e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d7800cbf804981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weapon &amp; Armor Manufacturing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>