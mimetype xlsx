--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7b83ce6c9c43ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f26dfb45be4ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9937d54dfa234b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27b64e63170c400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac47d7837ace45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9937d54dfa234b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df58a46e0ea42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27b64e63170c400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Innov.-Technologie-Ro.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,164</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>