--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f26dfb45be4ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbfe14b68f33405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27b64e63170c400b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f3c4d0feeb4b6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df58a46e0ea42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27b64e63170c400b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c64547c7ab247a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f3c4d0feeb4b6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Innov.-Technologie-Ro.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>228,392</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>253,588</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>