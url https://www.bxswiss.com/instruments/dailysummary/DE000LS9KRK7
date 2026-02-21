--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbfe14b68f33405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c183d4be19d4889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f3c4d0feeb4b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d298b986dd4c19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c64547c7ab247a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f3c4d0feeb4b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f287d7761e4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d298b986dd4c19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Innov.-Technologie-Ro.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>221,325</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>