--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c183d4be19d4889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb429be6f119d45fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d298b986dd4c19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff75f95901974205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f287d7761e4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d298b986dd4c19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c5c2eb75744740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff75f95901974205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Druck Innov.-Technologie-Ro.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>