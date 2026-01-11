--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ffea1bb0c6c4754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17311fe02f264b28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a43f089cffe4842"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89694127b5f4039"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f39767c44654f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a43f089cffe4842" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4838f9f7eeee499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89694127b5f4039" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Eigentümergeführte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,152</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>89,914</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,098</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>89,994</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>90,829</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>