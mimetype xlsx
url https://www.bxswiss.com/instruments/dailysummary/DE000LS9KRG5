--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17311fe02f264b28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c55c78c358049b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re89694127b5f4039"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R314b560aac224ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4838f9f7eeee499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re89694127b5f4039" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8e70f04913642d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R314b560aac224ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Eigentümergeführte Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,411</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>