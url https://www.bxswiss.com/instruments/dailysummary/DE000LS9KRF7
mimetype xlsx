--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2291b4ce50f84255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f5479c84c74c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb81cd7a4fef434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b5b59a4efa4624"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc203941a1a454e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb81cd7a4fef434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5a05741b954408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b5b59a4efa4624" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>