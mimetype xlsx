--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f5479c84c74c6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7325801ddf46de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b5b59a4efa4624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc39c82d55d54de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5a05741b954408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b5b59a4efa4624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8d7801a0764a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc39c82d55d54de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,646</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>