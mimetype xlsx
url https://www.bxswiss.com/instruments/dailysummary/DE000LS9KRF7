--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7325801ddf46de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15af7e6a2c834ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc39c82d55d54de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5506b59b70343d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8d7801a0764a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc39c82d55d54de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ac02f2f1ea44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5506b59b70343d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,106</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,925</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>