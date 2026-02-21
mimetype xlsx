--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15af7e6a2c834ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ff8e34421d4691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5506b59b70343d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf370fe91502c4421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ac02f2f1ea44fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5506b59b70343d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89e01a8bbf74233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf370fe91502c4421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>165,664</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>