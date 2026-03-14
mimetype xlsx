--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ff8e34421d4691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0cef6918e44a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf370fe91502c4421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4601f5470b14f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89e01a8bbf74233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf370fe91502c4421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fe39d738b34ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4601f5470b14f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WITH FEELING AND CHART</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>