--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5517b4126f874bc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf797ba485bb2414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66c7fd96fb2b4337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c7311033814e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce264ae7ca9c4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66c7fd96fb2b4337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff79c01989e0430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c7311033814e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>