--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf797ba485bb2414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2140e40622594df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c7311033814e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc2596d365a491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff79c01989e0430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c7311033814e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22687d440e54416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc2596d365a491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>120,149</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,799</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>119,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,604</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>