--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2140e40622594df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d7b6946cb5401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc2596d365a491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16dbc83283b4416a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22687d440e54416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc2596d365a491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ccaa0364ac42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16dbc83283b4416a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>119,676</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,696</x:t>
-[...274 lines deleted...]
-          <x:t>116,780</x:t>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>116,927</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>