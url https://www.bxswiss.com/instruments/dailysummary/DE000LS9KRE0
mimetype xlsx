--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d7b6946cb5401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748fae26b1d14aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16dbc83283b4416a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20235feff74341a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ccaa0364ac42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16dbc83283b4416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e7e1712fc8400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20235feff74341a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>120,079</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>