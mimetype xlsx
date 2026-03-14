--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748fae26b1d14aa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273f41ae87b34bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20235feff74341a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72dea0a997344efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e7e1712fc8400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20235feff74341a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffbbb617e8af426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72dea0a997344efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Cosmetics- Buy what you use</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>