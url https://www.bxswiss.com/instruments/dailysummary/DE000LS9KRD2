--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18302eb89b24789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e396de82e84705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588d99a4baae458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e27f6ba3ca4528"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d59c22cec741e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588d99a4baae458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77c1025ce8c04743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e27f6ba3ca4528" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,798</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>129,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>