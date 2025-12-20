--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e396de82e84705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51790a61107a4fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e27f6ba3ca4528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e90606c407b4f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77c1025ce8c04743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e27f6ba3ca4528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc09b11d9ea90466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e90606c407b4f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,704</x:t>
-[...188 lines deleted...]
-          <x:t>129,760</x:t>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,474</x:t>
-[...156 lines deleted...]
-          <x:t>128,952</x:t>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,091</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>128,206</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>