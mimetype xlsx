--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51790a61107a4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a0740fe5a24437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e90606c407b4f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d3b087b15a4689"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc09b11d9ea90466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e90606c407b4f24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae6aca0eb1b4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d3b087b15a4689" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>128,872</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,662</x:t>
-[...566 lines deleted...]
-          <x:t>128,979</x:t>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>