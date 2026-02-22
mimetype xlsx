--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a0740fe5a24437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0130144652734cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d3b087b15a4689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362e28d097a1476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae6aca0eb1b4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d3b087b15a4689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b8630692ec4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362e28d097a1476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,941</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>