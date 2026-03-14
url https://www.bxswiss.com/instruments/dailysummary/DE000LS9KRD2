--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0130144652734cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d39127fa684632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R362e28d097a1476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92adcf0ac54744d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b8630692ec4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R362e28d097a1476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa136b358b34179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92adcf0ac54744d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SFC Anlagestrategie Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>