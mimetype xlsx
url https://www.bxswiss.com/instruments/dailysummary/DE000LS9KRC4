--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcace95e3e62744bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9355bec0cb894248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a9d3ae0f12a4ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8639b524a28f4711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a886fc63354f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a9d3ae0f12a4ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9988250d4a264858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8639b524a28f4711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,082</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>