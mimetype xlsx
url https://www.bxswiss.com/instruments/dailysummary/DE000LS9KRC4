--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9355bec0cb894248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699b6931bd2a49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8639b524a28f4711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a28a9c8abc44d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9988250d4a264858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8639b524a28f4711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfdf0c714fc44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a28a9c8abc44d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>