--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699b6931bd2a49ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ae061a17694c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a28a9c8abc44d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5acd8fd8c14a43e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfdf0c714fc44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a28a9c8abc44d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44df3666593541ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5acd8fd8c14a43e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>225,515</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>