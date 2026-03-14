--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ae061a17694c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577819b3796b4c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5acd8fd8c14a43e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944e93e1ee4d42f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44df3666593541ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5acd8fd8c14a43e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6a384ceafd4dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944e93e1ee4d42f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>