--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ca2c69b011449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6987f9ceec514ab9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b550a968ba46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b116548fb24f0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29069499c62e4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b550a968ba46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ac6afde9c554b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b116548fb24f0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Konjunktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>166,593</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,222</x:t>
-[...85 lines deleted...]
-          <x:t>169,164</x:t>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>