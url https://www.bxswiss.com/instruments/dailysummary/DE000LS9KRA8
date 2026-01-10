--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6987f9ceec514ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ee197846fe4764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b116548fb24f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ffe0fc3c26c434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ac6afde9c554b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b116548fb24f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fdfc45626714d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ffe0fc3c26c434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Konjunktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>