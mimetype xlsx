--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ee197846fe4764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f309af759e04a08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ffe0fc3c26c434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b65ae88bcf24482"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fdfc45626714d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ffe0fc3c26c434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6cfc5f50814a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b65ae88bcf24482" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Konjunktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>181,781</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>