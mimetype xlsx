--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f309af759e04a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e277b8e7c834ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b65ae88bcf24482"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ebb9398398e49ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f6cfc5f50814a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b65ae88bcf24482" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ad085d91134980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ebb9398398e49ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>the10Konjunktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9KRA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>